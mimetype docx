--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -2117,108 +2117,100 @@
           <w:p w14:paraId="54E2974E" w14:textId="7E7FF65A" w:rsidR="002C1539" w:rsidRPr="00982DE2" w:rsidRDefault="002C1539" w:rsidP="00921B0F">
             <w:pPr>
               <w:pStyle w:val="Corpsdetexte"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00982DE2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0A8"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13D3755D" w14:textId="7FAC1A1A" w:rsidR="002C1539" w:rsidRDefault="002C1539" w:rsidP="00921B0F">
+          <w:p w14:paraId="13D3755D" w14:textId="4D4C460F" w:rsidR="002C1539" w:rsidRDefault="002C1539" w:rsidP="00921B0F">
             <w:pPr>
               <w:pStyle w:val="Corpsdetexte"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>10 €</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00465DF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> €</w:t>
+              <w:t xml:space="preserve"> par table</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1805" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="324A2516" w14:textId="330ACBE7" w:rsidR="002C1539" w:rsidRDefault="002C1539" w:rsidP="00921B0F">
             <w:pPr>
               <w:pStyle w:val="Corpsdetexte"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...7 lines deleted...]
-              <w:t>0 €</w:t>
+              <w:t>50 €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7E9BB6D2" w14:textId="4E66AE5F" w:rsidR="005730D8" w:rsidRDefault="005730D8">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="101"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="543C4A7A" w14:textId="57C48E31" w:rsidR="00FB6A89" w:rsidRPr="00FB6A89" w:rsidRDefault="00FB6A89" w:rsidP="00FB6A89">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
@@ -2713,58 +2705,58 @@
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>La durée de mise à disposition est de 72 heures maximum.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00310848" w:rsidRPr="00FB6A89">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="2040" w:right="480" w:bottom="960" w:left="460" w:header="308" w:footer="771" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53D87BDA" w14:textId="77777777" w:rsidR="00F30F29" w:rsidRDefault="00F30F29">
+    <w:p w14:paraId="5DD02A09" w14:textId="77777777" w:rsidR="00FC64AB" w:rsidRDefault="00FC64AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C7E4804" w14:textId="77777777" w:rsidR="00F30F29" w:rsidRDefault="00F30F29">
+    <w:p w14:paraId="3C017985" w14:textId="77777777" w:rsidR="00FC64AB" w:rsidRDefault="00FC64AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -5200,58 +5192,58 @@
                       <w:spacing w:before="6"/>
                       <w:ind w:left="8" w:right="17"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                         <w:i/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59012188" w14:textId="77777777" w:rsidR="00F30F29" w:rsidRDefault="00F30F29">
+    <w:p w14:paraId="46484E27" w14:textId="77777777" w:rsidR="00FC64AB" w:rsidRDefault="00FC64AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3CE266C6" w14:textId="77777777" w:rsidR="00F30F29" w:rsidRDefault="00F30F29">
+    <w:p w14:paraId="7831F6D2" w14:textId="77777777" w:rsidR="00FC64AB" w:rsidRDefault="00FC64AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B62B373" w14:textId="417BD867" w:rsidR="005730D8" w:rsidRDefault="000B27D6">
     <w:pPr>
       <w:pStyle w:val="Corpsdetexte"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487513600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4729B9C4" wp14:editId="183F1713">
           <wp:simplePos x="0" y="0"/>
@@ -6194,143 +6186,150 @@
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="770396600">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1738895567">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="274752241">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1397898736">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="678504418">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1584872474">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005730D8"/>
     <w:rsid w:val="00034AED"/>
     <w:rsid w:val="000937FA"/>
     <w:rsid w:val="000B27D6"/>
     <w:rsid w:val="001A13D0"/>
     <w:rsid w:val="001D0AB8"/>
     <w:rsid w:val="001D494B"/>
+    <w:rsid w:val="001F3999"/>
     <w:rsid w:val="00216211"/>
     <w:rsid w:val="00221954"/>
     <w:rsid w:val="00227B7C"/>
     <w:rsid w:val="002A773F"/>
     <w:rsid w:val="002C1539"/>
     <w:rsid w:val="00310848"/>
     <w:rsid w:val="00333B9B"/>
     <w:rsid w:val="003D08DB"/>
     <w:rsid w:val="003D671F"/>
     <w:rsid w:val="003D7278"/>
     <w:rsid w:val="004041C6"/>
     <w:rsid w:val="004605B3"/>
+    <w:rsid w:val="00465DF7"/>
     <w:rsid w:val="004E0862"/>
     <w:rsid w:val="00515AB7"/>
     <w:rsid w:val="005339A8"/>
     <w:rsid w:val="00551346"/>
     <w:rsid w:val="005730D8"/>
     <w:rsid w:val="00612923"/>
     <w:rsid w:val="00647B07"/>
     <w:rsid w:val="006B26CE"/>
     <w:rsid w:val="00733EBD"/>
     <w:rsid w:val="007706B6"/>
     <w:rsid w:val="00772DBE"/>
     <w:rsid w:val="0078380E"/>
+    <w:rsid w:val="007E2E2F"/>
     <w:rsid w:val="00811DA1"/>
     <w:rsid w:val="008B13A9"/>
     <w:rsid w:val="009008EE"/>
     <w:rsid w:val="00921B0F"/>
     <w:rsid w:val="009452B7"/>
     <w:rsid w:val="00972852"/>
     <w:rsid w:val="00982DE2"/>
     <w:rsid w:val="009C70F7"/>
     <w:rsid w:val="00A5089D"/>
     <w:rsid w:val="00A56B55"/>
     <w:rsid w:val="00A63EC5"/>
     <w:rsid w:val="00AA29FE"/>
     <w:rsid w:val="00AF4C13"/>
     <w:rsid w:val="00B043AB"/>
     <w:rsid w:val="00BA098D"/>
+    <w:rsid w:val="00BF4C75"/>
     <w:rsid w:val="00C71D32"/>
     <w:rsid w:val="00C90EF0"/>
     <w:rsid w:val="00C951B3"/>
     <w:rsid w:val="00CF4D17"/>
     <w:rsid w:val="00D25677"/>
     <w:rsid w:val="00D473C3"/>
     <w:rsid w:val="00D6200C"/>
     <w:rsid w:val="00D8655A"/>
     <w:rsid w:val="00DB7966"/>
     <w:rsid w:val="00DC0F19"/>
     <w:rsid w:val="00DE13B6"/>
+    <w:rsid w:val="00E13FB1"/>
     <w:rsid w:val="00E536DB"/>
     <w:rsid w:val="00EA0A98"/>
     <w:rsid w:val="00EE309E"/>
     <w:rsid w:val="00F07764"/>
     <w:rsid w:val="00F21245"/>
     <w:rsid w:val="00F30F29"/>
     <w:rsid w:val="00F45CEF"/>
     <w:rsid w:val="00F52246"/>
     <w:rsid w:val="00F8499D"/>
     <w:rsid w:val="00FB6A89"/>
+    <w:rsid w:val="00FC64AB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7F830BB4"/>
@@ -7213,75 +7212,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>268</Words>
-  <Characters>1474</Characters>
+  <Words>298</Words>
+  <Characters>1452</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1739</CharactersWithSpaces>
+  <CharactersWithSpaces>1715</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MERRIEN</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2022-10-05T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word pour Microsoft 365</vt:lpwstr>
   </property>