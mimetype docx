--- v0 (2026-01-09)
+++ v1 (2026-02-25)
@@ -5,62 +5,50 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="14323B8A" w14:textId="77777777" w:rsidR="0034528D" w:rsidRDefault="0034528D">
-[...10 lines deleted...]
-    </w:p>
     <w:p w14:paraId="59F3C6EC" w14:textId="25379575" w:rsidR="009844AC" w:rsidRPr="006A471B" w:rsidRDefault="009844AC" w:rsidP="00BF37D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009844AC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Dénomination exacte de l'association</w:t>
       </w:r>
       <w:r w:rsidRPr="009844AC">
         <w:rPr>
@@ -188,50 +176,63 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5454D756" w14:textId="7D5BEC8B" w:rsidR="00BF37D2" w:rsidRDefault="00BF37D2" w:rsidP="00BF37D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Site internet : </w:t>
       </w:r>
       <w:r w:rsidRPr="000055AD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="27B4C169" w14:textId="77777777" w:rsidR="008B0B51" w:rsidRPr="008B0B51" w:rsidRDefault="008B0B51" w:rsidP="00BF37D2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="4A8E7C05" w14:textId="1CBD5D66" w:rsidR="00BF37D2" w:rsidRDefault="006A471B" w:rsidP="00BF37D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
       <w:r w:rsidR="00BF37D2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> de déclaration légale </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -313,430 +314,406 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ADHÉRENT</w:t>
       </w:r>
       <w:r w:rsidR="00A06B05">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> ODS :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000055AD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="713A9320" w14:textId="66BE1359" w:rsidR="006E3989" w:rsidRDefault="006E3989" w:rsidP="006E3989">
+    <w:p w14:paraId="713A9320" w14:textId="58DE3E00" w:rsidR="006E3989" w:rsidRDefault="006E3989" w:rsidP="006E3989">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Discipline(s) : </w:t>
       </w:r>
-      <w:r w:rsidR="0015402C">
-[...10 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="000055AD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="14264F50" w14:textId="099AC302" w:rsidR="008B0B51" w:rsidRDefault="006E3989" w:rsidP="00DC58E6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="10632"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fédération : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000055AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="25114588" w14:textId="51290897" w:rsidR="00DC58E6" w:rsidRPr="00DC58E6" w:rsidRDefault="00DC58E6" w:rsidP="00DC58E6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC58E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Lieu(x) de pratique : </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A2F83CD" w14:textId="484322B5" w:rsidR="00167649" w:rsidRDefault="000B7B60" w:rsidP="000B7B60">
+    <w:p w14:paraId="4A2F83CD" w14:textId="3BAA6D0D" w:rsidR="00167649" w:rsidRDefault="000B7B60" w:rsidP="000B7B60">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Effectif total</w:t>
       </w:r>
       <w:r w:rsidR="002A2A2C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> (saison en cours) : </w:t>
       </w:r>
       <w:r w:rsidR="002A2A2C" w:rsidRPr="000055AD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3776C7A9" w14:textId="098CB231" w:rsidR="006A471B" w:rsidRDefault="006A471B" w:rsidP="00A57FE3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A471B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006A471B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>dont</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006A471B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t> : Dirigeants …………… Encadrants …………… Bénévoles …………… Pratiquants</w:t>
       </w:r>
       <w:r w:rsidR="00EA6B73">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>/Compétiteurs</w:t>
       </w:r>
       <w:r w:rsidRPr="006A471B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> …………… Jeunes (-18 ans) ……………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04C24A7D" w14:textId="7BC78A81" w:rsidR="00EA6B73" w:rsidRPr="006A471B" w:rsidRDefault="00EA6B73" w:rsidP="00A57FE3">
+    <w:p w14:paraId="04C24A7D" w14:textId="7A22960B" w:rsidR="00EA6B73" w:rsidRDefault="00EA6B73" w:rsidP="00A57FE3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre de </w:t>
       </w:r>
       <w:r w:rsidR="007A507D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>féminines</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t> : ……………….. Nombre</w:t>
+        <w:t> : …………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>. Nombre</w:t>
       </w:r>
       <w:r w:rsidR="007A507D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007A507D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>masculin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>s : ……………….</w:t>
       </w:r>
       <w:r w:rsidR="00867A48">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA5617">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00867A48">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nombre de salariés : ……………….. </w:t>
+        <w:t>Nombre de salariés : …………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00867A48">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>dont</w:t>
+        <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00867A48">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ETP : ……………</w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00867A48">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>…</w:t>
-[...5 lines deleted...]
-        <w:t>….</w:t>
+        <w:t>dont</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00D64478">
+      <w:r w:rsidR="00867A48">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ETP : …………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00867A48">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00867A48">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="328532DF" w14:textId="7FEADAD2" w:rsidR="006E3989" w:rsidRPr="00967935" w:rsidRDefault="0054323D" w:rsidP="006E3989">
-[...2 lines deleted...]
-          <w:tab w:val="right" w:leader="dot" w:pos="10632"/>
+    <w:p w14:paraId="0FDE21D3" w14:textId="7EC5F073" w:rsidR="00FC2718" w:rsidRPr="006A471B" w:rsidRDefault="00FC2718" w:rsidP="00A57FE3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="5670"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00967935">
-[...57 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Prix Licence : Adultes : ………………………………………………………………………… Jeunes (-18 ans) : …………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16DE8254" w14:textId="69675A0E" w:rsidR="006E3989" w:rsidRDefault="006E3989" w:rsidP="00167649">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="right" w:leader="dot" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">PRÉSIDENT </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:id w:val="-497806959"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009C0B67">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009C0B67">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mme </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:id w:val="-1872455285"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009C0B67">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009C0B67">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mr - NOM</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prénom : </w:t>
       </w:r>
       <w:r w:rsidRPr="000055AD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
@@ -869,77 +846,79 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>SECRÉTAIRE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:id w:val="924151254"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009C0B67">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009C0B67">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mme </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:id w:val="357471483"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009C0B67">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009C0B67">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mr - NOM </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Prénom : </w:t>
       </w:r>
       <w:r w:rsidRPr="000055AD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
@@ -1020,77 +999,79 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>TRÉSORIER</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:id w:val="1391459436"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009C0B67">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009C0B67">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mme </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:id w:val="937035343"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009C0B67">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009C0B67">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mr - NOM </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Prénom : </w:t>
       </w:r>
       <w:r w:rsidRPr="000055AD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
@@ -1177,77 +1158,79 @@
       </w:r>
       <w:r w:rsidR="00075045">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> ODS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:id w:val="-681443639"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009C0B67">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009C0B67">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mme </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:id w:val="-455952615"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="009C0B67">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009C0B67">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mr - NOM </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Prénom : </w:t>
       </w:r>
       <w:r w:rsidRPr="000055AD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
@@ -1259,169 +1242,166 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="right" w:leader="dot" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Adresse courriel : </w:t>
       </w:r>
       <w:r w:rsidRPr="000055AD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CCC7DA6" w14:textId="77777777" w:rsidR="003E2358" w:rsidRDefault="003D6AA4" w:rsidP="00167649">
+    <w:p w14:paraId="4512CA82" w14:textId="1BE03AC6" w:rsidR="003D6AA4" w:rsidRDefault="003D6AA4" w:rsidP="00167649">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="right" w:leader="dot" w:pos="5670"/>
           <w:tab w:val="left" w:pos="5812"/>
           <w:tab w:val="right" w:leader="dot" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Tél. mobile : </w:t>
       </w:r>
       <w:r w:rsidRPr="000055AD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="2C29C68B" w14:textId="2C1EE551" w:rsidR="006E3989" w:rsidRDefault="009E5499" w:rsidP="00474ED0">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C29C68B" w14:textId="704D0153" w:rsidR="006E3989" w:rsidRDefault="00167649" w:rsidP="006E3989">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
-          <w:tab w:val="right" w:leader="dot" w:pos="5670"/>
-          <w:tab w:val="left" w:pos="5812"/>
           <w:tab w:val="right" w:leader="dot" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB44C6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:smallCaps/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5538B54D" wp14:editId="47BF158E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666944" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5538B54D" wp14:editId="7B903764">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-19050</wp:posOffset>
+                  <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>113665</wp:posOffset>
+                  <wp:posOffset>-635</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6724650" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="9" name="Connecteur droit 9"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="6724650" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="09C06C7D" id="Connecteur droit 9" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-1.5pt,8.95pt" to="528pt,8.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkwElypQEAAJ4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815KN1g0EyzkkaC5F&#10;EjSPO0MtLQJ8Ycla8t9nSdlK0AQFWvRC8LEzuzO73FyM1rA9YNTetXy5qDkDJ32n3a7ljw/fP59z&#10;FpNwnTDeQcsPEPnF9tPZZggNrHzvTQfIiMTFZggt71MKTVVF2YMVceEDOHpUHq1IdMRd1aEYiN2a&#10;alXX62rw2AX0EmKk26vpkW8Lv1Ig061SERIzLafaUlmxrM95rbYb0exQhF7LYxniH6qwQjtKOlNd&#10;iSTYL9TvqKyW6KNXaSG9rbxSWkLRQGqW9W9q7nsRoGghc2KYbYr/j1be7C/dHZINQ4hNDHeYVYwK&#10;LVNGhyfqadFFlbKx2HaYbYMxMUmX62+rL+uv5K48vVUTRaYKGNM1eMvypuVGu6xINGL/IyZKS6Gn&#10;EDq8FlF26WAgBxv3ExTTHSWbyinzAZcG2V5QZ4WU4NIyd5P4SnSGKW3MDKxL2j8Cj/EZCmV2/gY8&#10;I0pm79IMttp5/Ch7Gk8lqyn+5MCkO1vw7LtDaU+xhoagKDwObJ6yt+cCf/1W2xcAAAD//wMAUEsD&#10;BBQABgAIAAAAIQDZ8BBx2wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvlfgHa5G4&#10;tU4LLTTEqRClZ9QCEkc33iYBex3Zbpv8PVtxgOO+Gc3OFKveWXHCEFtPCqaTDARS5U1LtYL3t834&#10;AURMmoy2nlDBgBFW5dWo0LnxZ9riaZdqwSEUc62gSanLpYxVg07Hie+QWDv44HTiM9TSBH3mcGfl&#10;LMsW0umW+EOjO3xusPreHZ2CaOuXr+Fj8OuZCcN6Ez/xdXqn1M11//QIImGf/sxwqc/VoeROe38k&#10;E4VVML7lKYn5/RLERc/mCyb7XyLLQv5fUP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;ZMBJcqUBAACeAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA2fAQcdsAAAAJAQAADwAAAAAAAAAAAAAAAAD/AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAAcFAAAAAA==&#10;" strokecolor="#4579b8 [3044]"/>
+              <v:line w14:anchorId="4460473B" id="Connecteur droit 9" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251666944;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="0,-.05pt" to="529.5pt,-.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkwElypQEAAJ4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC815KN1g0EyzkkaC5F&#10;EjSPO0MtLQJ8Ycla8t9nSdlK0AQFWvRC8LEzuzO73FyM1rA9YNTetXy5qDkDJ32n3a7ljw/fP59z&#10;FpNwnTDeQcsPEPnF9tPZZggNrHzvTQfIiMTFZggt71MKTVVF2YMVceEDOHpUHq1IdMRd1aEYiN2a&#10;alXX62rw2AX0EmKk26vpkW8Lv1Ig061SERIzLafaUlmxrM95rbYb0exQhF7LYxniH6qwQjtKOlNd&#10;iSTYL9TvqKyW6KNXaSG9rbxSWkLRQGqW9W9q7nsRoGghc2KYbYr/j1be7C/dHZINQ4hNDHeYVYwK&#10;LVNGhyfqadFFlbKx2HaYbYMxMUmX62+rL+uv5K48vVUTRaYKGNM1eMvypuVGu6xINGL/IyZKS6Gn&#10;EDq8FlF26WAgBxv3ExTTHSWbyinzAZcG2V5QZ4WU4NIyd5P4SnSGKW3MDKxL2j8Cj/EZCmV2/gY8&#10;I0pm79IMttp5/Ch7Gk8lqyn+5MCkO1vw7LtDaU+xhoagKDwObJ6yt+cCf/1W2xcAAAD//wMAUEsD&#10;BBQABgAIAAAAIQCvZD602AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjc&#10;WicVIEizqaqWnlELSBzdeJsE7HVku23y97i9wHFmVjNvy8VgjTiRD51jhHyagSCune64Qfh430ye&#10;QYSoWCvjmBBGCrCobm9KVWh35i2ddrERqYRDoRDaGPtCylC3ZFWYup44ZQfnrYpJ+kZqr86p3Bo5&#10;y7InaVXHaaFVPa1aqn92R4sQTPP6PX6Obj3Tflxvwhe95Q+I93fDcg4i0hD/juGCn9ChSkx7d2Qd&#10;hEFIj0SESQ7iEmaPL8nYXw1ZlfI/ffULAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZMBJ&#10;cqUBAACeAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;r2Q+tNgAAAAFAQAADwAAAAAAAAAAAAAAAAD/AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAAQFAAAAAA==&#10;" strokecolor="#4579b8 [3044]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="003D6AA4">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="11A0A429" w14:textId="121A75E1" w:rsidR="00167649" w:rsidRDefault="008C169F" w:rsidP="008C169F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="5670"/>
           <w:tab w:val="right" w:leader="dot" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Saint-Nazaire, </w:t>
       </w:r>
       <w:r w:rsidR="00167649">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">le </w:t>
       </w:r>
       <w:r w:rsidR="00167649" w:rsidRPr="000055AD">
@@ -1465,285 +1445,279 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00167649" w:rsidRPr="000055AD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00167649">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Fonction : </w:t>
       </w:r>
       <w:r w:rsidR="00167649" w:rsidRPr="000055AD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="104F203B" w14:textId="77777777" w:rsidR="0034534F" w:rsidRDefault="0034534F" w:rsidP="0034534F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="5670"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="10632"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="77DE27F1" w14:textId="77777777" w:rsidR="0034534F" w:rsidRDefault="0034534F" w:rsidP="0034534F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="5670"/>
           <w:tab w:val="right" w:leader="dot" w:pos="10632"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D43DED4" w14:textId="5C945FF3" w:rsidR="008C54D2" w:rsidRDefault="00167649" w:rsidP="008C54D2">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="5670"/>
           <w:tab w:val="right" w:leader="dot" w:pos="10632"/>
         </w:tabs>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA0C4A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Joindre une copie des statuts en cas de demande d'adhésion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36ABA7AF" w14:textId="283FC93B" w:rsidR="00967935" w:rsidRPr="008C54D2" w:rsidRDefault="00967935" w:rsidP="00967935">
+    <w:p w14:paraId="70ADC3EF" w14:textId="77777777" w:rsidR="0086408A" w:rsidRPr="008C54D2" w:rsidRDefault="0086408A" w:rsidP="006B7A9F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="5670"/>
           <w:tab w:val="right" w:leader="dot" w:pos="10632"/>
         </w:tabs>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39BD1021" w14:textId="41E91409" w:rsidR="00D64478" w:rsidRDefault="00D64478" w:rsidP="00CA0C4A">
+    <w:p w14:paraId="60FA663B" w14:textId="77777777" w:rsidR="00A9367F" w:rsidRDefault="00A9367F" w:rsidP="00CA0C4A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="5670"/>
           <w:tab w:val="right" w:leader="dot" w:pos="10632"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D4897D3" w14:textId="32179E86" w:rsidR="00273E1D" w:rsidRDefault="00716C6E" w:rsidP="00CA0C4A">
+    <w:p w14:paraId="629B89CE" w14:textId="64C126CD" w:rsidR="00CF5CD5" w:rsidRPr="008C54D2" w:rsidRDefault="0034534F" w:rsidP="00CA0C4A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="5670"/>
           <w:tab w:val="right" w:leader="dot" w:pos="10632"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB44C6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:smallCaps/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="798A0CA9" wp14:editId="1202124D">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670016" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="798A0CA9" wp14:editId="5AFF71F0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-28575</wp:posOffset>
+                  <wp:posOffset>-47625</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>59690</wp:posOffset>
+                  <wp:posOffset>27940</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6804660" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="Connecteur droit 6"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="6804660" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="3E7D553C" id="Connecteur droit 6" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-2.25pt,4.7pt" to="533.55pt,4.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBu0N4SowEAAJ4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02L2zAQvRf6H4TujZ2lhMXE2cMu7aW0&#10;S7/uWnkUC/TFSI2df9/ROPGWthRaehH6mPdm3pvR/m72TpwAs42hl9tNKwUEHQcbjr388vnNq1sp&#10;clFhUC4G6OUZsrw7vHyxn1IHN3GMbgAURBJyN6VejqWkrmmyHsGrvIkJAj2aiF4VOuKxGVBNxO5d&#10;c9O2u2aKOCSMGnKm24flUR6Y3xjQ5YMxGYpwvaTaCq/I61Ndm8NedUdUabT6Uob6hyq8soGSrlQP&#10;qijxDe0vVN5qjDmastHRN9EYq4E1kJpt+5OaT6NKwFrInJxWm/L/o9XvT/fhEcmGKeUup0esKmaD&#10;Xhhn01fqKeuiSsXMtp1X22AuQtPl7rZ9vduRu/r61iwUlSphLm8helE3vXQ2VEWqU6d3uVBaCr2G&#10;0OG5CN6Vs4Ma7MJHMMIOlGwph+cD7h2Kk6LOKq0hlG3tJvFxdIUZ69wKbDntH4GX+AoFnp2/Aa8I&#10;zhxDWcHehoi/y17ma8lmib86sOiuFjzF4cztYWtoCFjhZWDrlP14Zvjztzp8BwAA//8DAFBLAwQU&#10;AAYACAAAACEATbExaNkAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOzU7DMBCE70i8g7VI3Fon&#10;VSgQ4lSI0jOigMRxGy9JwF5Httsmb4/LpRznRzNftRqtEQfyoXesIJ9nIIgbp3tuFby/bWZ3IEJE&#10;1mgck4KJAqzqy4sKS+2O/EqHbWxFGuFQooIuxqGUMjQdWQxzNxCn7Mt5izFJ30rt8ZjGrZGLLFtK&#10;iz2nhw4Heuqo+dnurYJg2ufv6WNy64X203oTPuklL5S6vhofH0BEGuO5DCf8hA51Ytq5PesgjIJZ&#10;cZOaCu4LEKc4W97mIHZ/hqwr+Z+//gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBu0N4S&#10;owEAAJ4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBN&#10;sTFo2QAAAAcBAAAPAAAAAAAAAAAAAAAAAP0DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAAwUAAAAA&#10;" strokecolor="#4579b8 [3044]"/>
+              <v:line w14:anchorId="16E10936" id="Connecteur droit 6" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251670016;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-3.75pt,2.2pt" to="532.05pt,2.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBu0N4SowEAAJ4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02L2zAQvRf6H4TujZ2lhMXE2cMu7aW0&#10;S7/uWnkUC/TFSI2df9/ROPGWthRaehH6mPdm3pvR/m72TpwAs42hl9tNKwUEHQcbjr388vnNq1sp&#10;clFhUC4G6OUZsrw7vHyxn1IHN3GMbgAURBJyN6VejqWkrmmyHsGrvIkJAj2aiF4VOuKxGVBNxO5d&#10;c9O2u2aKOCSMGnKm24flUR6Y3xjQ5YMxGYpwvaTaCq/I61Ndm8NedUdUabT6Uob6hyq8soGSrlQP&#10;qijxDe0vVN5qjDmastHRN9EYq4E1kJpt+5OaT6NKwFrInJxWm/L/o9XvT/fhEcmGKeUup0esKmaD&#10;Xhhn01fqKeuiSsXMtp1X22AuQtPl7rZ9vduRu/r61iwUlSphLm8helE3vXQ2VEWqU6d3uVBaCr2G&#10;0OG5CN6Vs4Ma7MJHMMIOlGwph+cD7h2Kk6LOKq0hlG3tJvFxdIUZ69wKbDntH4GX+AoFnp2/Aa8I&#10;zhxDWcHehoi/y17ma8lmib86sOiuFjzF4cztYWtoCFjhZWDrlP14Zvjztzp8BwAA//8DAFBLAwQU&#10;AAYACAAAACEAWz6JIdkAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOzU7DMBCE70i8g7VI3Fon&#10;VShViFMhSs+IAlKPbrwkAXsded02eXtcLnCcH8181Xp0VpwwcO9JQT7PQCA13vTUKnh/285WIDhq&#10;Mtp6QgUTMqzr66tKl8af6RVPu9iKNEJcagVdjEMpJTcdOs1zPyCl7NMHp2OSoZUm6HMad1Yusmwp&#10;ne4pPXR6wKcOm+/d0Slg2z5/TR+T3yxMmDZb3uNLXih1ezM+PoCIOMa/MlzwEzrUiengj2RYWAWz&#10;+7vUVFAUIC5xtixyEIdfQ9aV/M9f/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBu0N4S&#10;owEAAJ4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBb&#10;Pokh2QAAAAcBAAAPAAAAAAAAAAAAAAAAAP0DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAAwUAAAAA&#10;" strokecolor="#4579b8 [3044]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-        <w:ind w:left="0"/>
+      <w:r w:rsidR="00CF5CD5" w:rsidRPr="008C54D2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008C54D2">
+        <w:t>Les données personnelles recueillies dans ce formulaire sont à usage exclusif des administrateurs de l’Office des Sports Saint-Nazaire dans le cadre des missions qui leur sont dévolues. La conservation de ces données est liée aux mandats exercés par les personnes concernées au sein des clubs membres de l’Office des Sports</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2E14">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Les données personnelles recueillies dans ce formulaire sont à usage exclusif des administrateurs de l’Office des Sports Saint-Nazaire dans le cadre des missions qui leur sont dévolues. La conservation de ces données est liée aux mandats exercés par les personnes concernées au sein des clubs membres de l’Office des Sports</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FD2E14">
+        <w:t xml:space="preserve"> Saint-Nazaire</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF5CD5" w:rsidRPr="008C54D2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Saint-Nazaire</w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t>. Vous pouvez exercer vos droits de contrôle en écrivant à « officedessports44600@gmail.com ».</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00CF5CD5" w:rsidRPr="008C54D2" w:rsidSect="00127B14">
+    <w:sectPr w:rsidR="00CF5CD5" w:rsidRPr="008C54D2" w:rsidSect="0086408A">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="284" w:right="567" w:bottom="249" w:left="567" w:header="227" w:footer="284" w:gutter="0"/>
+      <w:pgMar w:top="170" w:right="425" w:bottom="170" w:left="567" w:header="227" w:footer="170" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72E3076C" w14:textId="77777777" w:rsidR="00E2539E" w:rsidRDefault="00E2539E">
+    <w:p w14:paraId="13FBA3E5" w14:textId="77777777" w:rsidR="00611689" w:rsidRDefault="00611689">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5395E700" w14:textId="77777777" w:rsidR="00E2539E" w:rsidRDefault="00E2539E">
+    <w:p w14:paraId="0C944B96" w14:textId="77777777" w:rsidR="00611689" w:rsidRDefault="00611689">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -1759,71 +1733,64 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-[...4 lines deleted...]
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Glitch Slap">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Handwriting">
     <w:panose1 w:val="03010101010101010101"/>
@@ -1850,113 +1817,130 @@
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="MS Mincho" w:hAnsi="Arial Narrow"/>
         <w:b/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="MS Mincho" w:hAnsi="Arial Narrow"/>
         <w:b/>
         <w:noProof/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C15758C" wp14:editId="19BE5E17">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C15758C" wp14:editId="3CEA2D02">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>54610</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>10795</wp:posOffset>
+                <wp:posOffset>144145</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7515225" cy="28575"/>
               <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
               <wp:wrapNone/>
               <wp:docPr id="8" name="Connecteur droit 8"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7515225" cy="28575"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln/>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent6"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent6"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent6"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="678A264E" id="Connecteur droit 8" o:spid="_x0000_s1026" style="position:absolute;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="4.3pt,.85pt" to="596.05pt,3.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqntdFogEAAJ8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tO3DAQfa/EP1h+Z3ORAijaLA+g9gVR&#10;BPQDjDPeWPJNttlk/75jJ2QRrYSo+jKxZ+acmTmebK8nrcgBfJDWdLTalJSA4baXZt/RX8/fz68o&#10;CZGZnilroKNHCPR6d/ZtO7oWajtY1YMnSGJCO7qODjG6tigCH0CzsLEODAaF9ZpFvPp90Xs2IrtW&#10;RV2WF8Vofe+85RACem/nIN1lfiGAx59CBIhEdRR7i9n6bF+SLXZb1u49c4PkSxvsH7rQTBosulLd&#10;ssjIq5d/UGnJvQ1WxA23urBCSA55BpymKj9M8zQwB3kWFCe4Vabw/2j5/eHGPHiUYXShDe7Bpykm&#10;4XX6Yn9kymIdV7FgioSj87KpmrpuKOEYq6+ayyaJWZzAzof4A6wm6dBRJU2ahbXscBfinPqWktzK&#10;JN+pi3yKRwVz8BEEkT3WrTJJXhC4UZ4cGD4t4xxMvFg6UAazE0xIpVZg+TlwyU9QyMvzFfCKyJWt&#10;iStYS2P936rHqVpaFnP+mwLz3EmCF9sf8/tkaXALssbLxqY1e3/P8NN/tfsNAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBoU6fS2gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjc6CaR&#10;CCXEqVARiFvVgjhv420ciO0Qu0no0+Oe4Dg/mvnK1Ww6MfLgW2clpIsEBNvaqdY2Et7fnm+WIHwg&#10;q6hzliX8sIdVdXlRUqHcZLc87kIj4oj1BUnQIfQFoq81G/IL17ON2cENhkKUQ4NqoCmOmw6zJMnR&#10;UGvjg6ae15rrr93RSMCtPj3hmj6/b6fXF5o/xgN2Gymvr+bHBxCB5/BXhjN+RIcqMu3d0SovOgnL&#10;PBajfQfinKb3WQpiLyHPAKsS/+NXvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDqntdF&#10;ogEAAJ8DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBo&#10;U6fS2gAAAAYBAAAPAAAAAAAAAAAAAAAAAPwDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAAwUAAAAA&#10;" strokecolor="#f68c36 [3049]">
+            <v:line w14:anchorId="69270354" id="Connecteur droit 8" o:spid="_x0000_s1026" style="position:absolute;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="4.3pt,11.35pt" to="596.05pt,13.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqntdFogEAAJ8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tO3DAQfa/EP1h+Z3ORAijaLA+g9gVR&#10;BPQDjDPeWPJNttlk/75jJ2QRrYSo+jKxZ+acmTmebK8nrcgBfJDWdLTalJSA4baXZt/RX8/fz68o&#10;CZGZnilroKNHCPR6d/ZtO7oWajtY1YMnSGJCO7qODjG6tigCH0CzsLEODAaF9ZpFvPp90Xs2IrtW&#10;RV2WF8Vofe+85RACem/nIN1lfiGAx59CBIhEdRR7i9n6bF+SLXZb1u49c4PkSxvsH7rQTBosulLd&#10;ssjIq5d/UGnJvQ1WxA23urBCSA55BpymKj9M8zQwB3kWFCe4Vabw/2j5/eHGPHiUYXShDe7Bpykm&#10;4XX6Yn9kymIdV7FgioSj87KpmrpuKOEYq6+ayyaJWZzAzof4A6wm6dBRJU2ahbXscBfinPqWktzK&#10;JN+pi3yKRwVz8BEEkT3WrTJJXhC4UZ4cGD4t4xxMvFg6UAazE0xIpVZg+TlwyU9QyMvzFfCKyJWt&#10;iStYS2P936rHqVpaFnP+mwLz3EmCF9sf8/tkaXALssbLxqY1e3/P8NN/tfsNAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDhjV7r3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwHa5G4USeW&#10;6CONU6EiEDfUgjhv420c8CPEbhL49bincpyd0cy35Wayhg3Uh9Y7CfksA0au9qp1jYT3t6e7JbAQ&#10;0Sk03pGEHwqwqa6vSiyUH92Ohn1sWCpxoUAJOsau4DzUmiyGme/IJe/oe4sxyb7hqscxlVvDRZbN&#10;ucXWpQWNHW011V/7k5XAd/r3kW/x8/t+fHnG6WM4cvMq5e3N9LAGFmmKlzCc8RM6VInp4E9OBWYk&#10;LOcpKEGIBbCzna9EDuyQLgsBvCr5/weqPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDq&#10;ntdFogEAAJ8DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDhjV7r3QAAAAgBAAAPAAAAAAAAAAAAAAAAAPwDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAABgUAAAAA&#10;" strokecolor="#f68c36 [3049]">
               <w10:wrap anchorx="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="2B9F566F" w14:textId="6176818D" w:rsidR="006A17FE" w:rsidRDefault="006A17FE" w:rsidP="006A17FE">
+    <w:pPr>
+      <w:pStyle w:val="Pieddepage"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4536"/>
+        <w:tab w:val="clear" w:pos="9072"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Narrow" w:eastAsia="MS Mincho" w:hAnsi="Arial Narrow"/>
+        <w:b/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
   </w:p>
   <w:p w14:paraId="1AC3B020" w14:textId="77777777" w:rsidR="006A17FE" w:rsidRPr="003274CB" w:rsidRDefault="006A17FE" w:rsidP="006A17FE">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
       <w:ind w:left="-567"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Glitch Slap" w:eastAsia="MS Mincho" w:hAnsi="Glitch Slap" w:cstheme="minorHAnsi"/>
         <w:bCs/>
         <w:color w:val="056199"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="_Hlk119857574"/>
     <w:r w:rsidRPr="003274CB">
       <w:rPr>
         <w:rFonts w:ascii="Glitch Slap" w:eastAsia="MS Mincho" w:hAnsi="Glitch Slap" w:cstheme="minorHAnsi"/>
         <w:bCs/>
         <w:color w:val="056199"/>
         <w:sz w:val="16"/>
@@ -2032,150 +2016,150 @@
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="056199"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>https://officedessports44600.fr</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="006A17FE" w:rsidRPr="003274CB">
       <w:rPr>
         <w:rStyle w:val="Lienhypertexte"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:bCs/>
         <w:color w:val="056199"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:u w:val="none"/>
       </w:rPr>
       <w:t xml:space="preserve"> - Association loi 1901 n° W443013030 - Agrément n° 44 S 1775 - SIRET 511 932 220 00011</w:t>
     </w:r>
   </w:p>
   <w:bookmarkEnd w:id="0"/>
-  <w:p w14:paraId="056B62BF" w14:textId="4217D237" w:rsidR="006A17FE" w:rsidRPr="003274CB" w:rsidRDefault="006A17FE" w:rsidP="006A17FE">
+  <w:p w14:paraId="056B62BF" w14:textId="64F43132" w:rsidR="006A17FE" w:rsidRPr="003274CB" w:rsidRDefault="006A17FE" w:rsidP="006A17FE">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
       <w:ind w:left="-567"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Lucida Handwriting" w:eastAsia="MS Mincho" w:hAnsi="Lucida Handwriting"/>
         <w:color w:val="056199"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003274CB">
       <w:rPr>
         <w:rFonts w:ascii="Lucida Handwriting" w:eastAsia="MS Mincho" w:hAnsi="Lucida Handwriting"/>
         <w:color w:val="056199"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Affilié à la Fédération Nationale des Offices du Sport</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0FE52E1A" w14:textId="77777777" w:rsidR="00E2539E" w:rsidRDefault="00E2539E">
+    <w:p w14:paraId="42548AB0" w14:textId="77777777" w:rsidR="00611689" w:rsidRDefault="00611689">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="66BFC4A1" w14:textId="77777777" w:rsidR="00E2539E" w:rsidRDefault="00E2539E">
+    <w:p w14:paraId="4026D739" w14:textId="77777777" w:rsidR="00611689" w:rsidRDefault="00611689">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="04BA5127" w14:textId="40E5C195" w:rsidR="006A17FE" w:rsidRDefault="003274CB" w:rsidP="006A17FE">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="494049D8" wp14:editId="1270DAA0">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="494049D8" wp14:editId="1744B8A4">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>3810</wp:posOffset>
+            <wp:posOffset>-112395</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>12065</wp:posOffset>
+            <wp:posOffset>-67945</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1080000" cy="1080000"/>
-          <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
+          <wp:extent cx="1000125" cy="1000125"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="1" name="Image 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Image 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1080000" cy="1080000"/>
+                    <a:ext cx="1000125" cy="1000125"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="7AC7F14C" w14:textId="77777777" w:rsidR="006A17FE" w:rsidRPr="006A17FE" w:rsidRDefault="006A17FE" w:rsidP="006A17FE">
     <w:pPr>
       <w:spacing w:line="420" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
@@ -2669,177 +2653,161 @@
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A503C"/>
     <w:rsid w:val="000055AD"/>
     <w:rsid w:val="00027AF4"/>
     <w:rsid w:val="00032C57"/>
     <w:rsid w:val="00075045"/>
     <w:rsid w:val="00090CB0"/>
+    <w:rsid w:val="0009722D"/>
     <w:rsid w:val="000B1D92"/>
     <w:rsid w:val="000B7B60"/>
     <w:rsid w:val="000D0655"/>
-    <w:rsid w:val="00127B14"/>
-    <w:rsid w:val="0015402C"/>
     <w:rsid w:val="0015566D"/>
     <w:rsid w:val="0016146F"/>
     <w:rsid w:val="00167649"/>
     <w:rsid w:val="001835D5"/>
     <w:rsid w:val="001952DA"/>
-    <w:rsid w:val="001B6D8C"/>
-    <w:rsid w:val="001D2BCC"/>
     <w:rsid w:val="001D6AF2"/>
+    <w:rsid w:val="001E46EE"/>
     <w:rsid w:val="00224B17"/>
     <w:rsid w:val="00270375"/>
-    <w:rsid w:val="00273E1D"/>
-    <w:rsid w:val="00297453"/>
     <w:rsid w:val="002A2A2C"/>
-    <w:rsid w:val="0031002B"/>
     <w:rsid w:val="00326E56"/>
     <w:rsid w:val="003274CB"/>
     <w:rsid w:val="0034528D"/>
     <w:rsid w:val="0034534F"/>
     <w:rsid w:val="003512E8"/>
-    <w:rsid w:val="003546BD"/>
     <w:rsid w:val="00396AB0"/>
     <w:rsid w:val="003A2136"/>
     <w:rsid w:val="003A503C"/>
     <w:rsid w:val="003B4A56"/>
     <w:rsid w:val="003D6AA4"/>
-    <w:rsid w:val="003E2358"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00474ED0"/>
     <w:rsid w:val="00483874"/>
     <w:rsid w:val="00495912"/>
     <w:rsid w:val="004E1377"/>
     <w:rsid w:val="00536B12"/>
-    <w:rsid w:val="0054323D"/>
     <w:rsid w:val="00607256"/>
+    <w:rsid w:val="00611689"/>
     <w:rsid w:val="00615A0D"/>
     <w:rsid w:val="00634024"/>
     <w:rsid w:val="00656775"/>
     <w:rsid w:val="006A17FE"/>
     <w:rsid w:val="006A471B"/>
     <w:rsid w:val="006A52E4"/>
+    <w:rsid w:val="006B7A9F"/>
     <w:rsid w:val="006E3989"/>
     <w:rsid w:val="006E4DEA"/>
-    <w:rsid w:val="00716C6E"/>
     <w:rsid w:val="00734843"/>
     <w:rsid w:val="0074053E"/>
     <w:rsid w:val="00754EA1"/>
     <w:rsid w:val="00765563"/>
-    <w:rsid w:val="00770E8C"/>
     <w:rsid w:val="007A507D"/>
+    <w:rsid w:val="007C7BCB"/>
     <w:rsid w:val="007E3247"/>
     <w:rsid w:val="007E446A"/>
     <w:rsid w:val="00814008"/>
+    <w:rsid w:val="0086408A"/>
     <w:rsid w:val="008663F2"/>
     <w:rsid w:val="00867A48"/>
     <w:rsid w:val="0087297F"/>
-    <w:rsid w:val="00886098"/>
     <w:rsid w:val="008B0B51"/>
     <w:rsid w:val="008C169F"/>
     <w:rsid w:val="008C3877"/>
     <w:rsid w:val="008C54D2"/>
     <w:rsid w:val="00915556"/>
     <w:rsid w:val="00917FF3"/>
     <w:rsid w:val="009261C9"/>
-    <w:rsid w:val="009272E8"/>
     <w:rsid w:val="0093615B"/>
-    <w:rsid w:val="00967935"/>
     <w:rsid w:val="009704D8"/>
     <w:rsid w:val="009738B0"/>
     <w:rsid w:val="009844AC"/>
-    <w:rsid w:val="0098656F"/>
     <w:rsid w:val="009C0B67"/>
     <w:rsid w:val="009C474E"/>
-    <w:rsid w:val="009E5499"/>
     <w:rsid w:val="009F1FBF"/>
     <w:rsid w:val="00A06B05"/>
     <w:rsid w:val="00A57FE3"/>
-    <w:rsid w:val="00A975E7"/>
+    <w:rsid w:val="00A9367F"/>
     <w:rsid w:val="00B017B6"/>
     <w:rsid w:val="00B702EE"/>
     <w:rsid w:val="00B93696"/>
     <w:rsid w:val="00BB5600"/>
     <w:rsid w:val="00BF37D2"/>
     <w:rsid w:val="00C56E8F"/>
     <w:rsid w:val="00C618DF"/>
     <w:rsid w:val="00CA0C4A"/>
     <w:rsid w:val="00CA5617"/>
     <w:rsid w:val="00CE2622"/>
     <w:rsid w:val="00CF5CD5"/>
     <w:rsid w:val="00D37336"/>
-    <w:rsid w:val="00D64478"/>
     <w:rsid w:val="00D87555"/>
     <w:rsid w:val="00D90AA1"/>
-    <w:rsid w:val="00D939D6"/>
     <w:rsid w:val="00DA6A7D"/>
     <w:rsid w:val="00DC58E6"/>
     <w:rsid w:val="00DD153F"/>
-    <w:rsid w:val="00E17DBB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E2539E"/>
     <w:rsid w:val="00E52884"/>
     <w:rsid w:val="00EA6B73"/>
     <w:rsid w:val="00EB44C6"/>
     <w:rsid w:val="00EC01DF"/>
+    <w:rsid w:val="00EF570C"/>
     <w:rsid w:val="00F15FA2"/>
     <w:rsid w:val="00F173E9"/>
     <w:rsid w:val="00F40ED2"/>
     <w:rsid w:val="00F87EF0"/>
+    <w:rsid w:val="00FC2718"/>
     <w:rsid w:val="00FC3BC5"/>
-    <w:rsid w:val="00FC4DE2"/>
     <w:rsid w:val="00FD2E14"/>
     <w:rsid w:val="00FE12D3"/>
     <w:rsid w:val="00FE6419"/>
     <w:rsid w:val="00FF6865"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -3798,68 +3766,68 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>252</Words>
-  <Characters>1390</Characters>
+  <Words>247</Words>
+  <Characters>1359</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OFFICE MUNICIPAL DES SPORTS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>oms</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1639</CharactersWithSpaces>
+  <CharactersWithSpaces>1603</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>OFFICE MUNICIPAL DES SPORTS</dc:title>
   <dc:subject>Imprimé demande de subvention ordinaire</dc:subject>
   <dc:creator>omssn44</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>