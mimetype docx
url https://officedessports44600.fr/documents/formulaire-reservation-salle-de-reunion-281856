--- v0 (2025-11-22)
+++ v1 (2026-02-25)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="35A74CDA" w14:textId="5D23E23E" w:rsidR="00D37336" w:rsidRDefault="00EC39CE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665920" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44AB5AD6" wp14:editId="72E770B7">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>9525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1081665" cy="1080000"/>
             <wp:effectExtent l="0" t="0" r="4445" b="6350"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2" name="Image 2"/>
@@ -264,51 +264,71 @@
       <w:r w:rsidR="00326E56" w:rsidRPr="008D4C91">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D37336" w:rsidRPr="008D4C91">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00DF3311" w:rsidRPr="00DF3311">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>……………………………………………………………………………………………………………………………..</w:t>
+        <w:t>………………………………………………………………………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DF3311" w:rsidRPr="00DF3311">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:smallCaps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DF3311" w:rsidRPr="00DF3311">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:smallCaps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0930E648" w14:textId="51C9F286" w:rsidR="00D37336" w:rsidRPr="008D4C91" w:rsidRDefault="00D37336" w:rsidP="00765563">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BE98673" w14:textId="689A5F6B" w:rsidR="00326E56" w:rsidRPr="008D4C91" w:rsidRDefault="00CD3C17" w:rsidP="00027AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -373,50 +393,51 @@
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:smallCaps/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1018149210"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="fr-FR"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00191644" w:rsidRPr="00931EFC">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="28D7E2A3" w14:textId="09B5C9BE" w:rsidR="00D37336" w:rsidRPr="00191644" w:rsidRDefault="00CD3C17" w:rsidP="00027AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D4C91">
@@ -429,64 +450,115 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">HORAIRE (début - fin) </w:t>
       </w:r>
       <w:r w:rsidR="009738B0" w:rsidRPr="008D4C91">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00191644" w:rsidRPr="00191644">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>………. h ………. - ………. h ……….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BEF0CE2" w14:textId="77777777" w:rsidR="00CD3C17" w:rsidRPr="008D4C91" w:rsidRDefault="00CD3C17" w:rsidP="00027AF4">
+    <w:p w14:paraId="5BEF0CE2" w14:textId="02827EAB" w:rsidR="00CD3C17" w:rsidRPr="00E65311" w:rsidRDefault="00FC18A4" w:rsidP="00027AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:leader="dot" w:pos="6946"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10631"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00FC18A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Objet de la réunion :</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65311">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E65311">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:smallCaps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E65311">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:smallCaps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E65311">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:smallCaps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2E21716D" w14:textId="0C6BD7C8" w:rsidR="001E2729" w:rsidRPr="008D4C91" w:rsidRDefault="001E2729" w:rsidP="00027AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:leader="dot" w:pos="6946"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10631"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D4C91">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -500,51 +572,71 @@
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-Prénom du</w:t>
       </w:r>
       <w:r w:rsidRPr="008D4C91">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> DEMANDEUR : </w:t>
       </w:r>
       <w:r w:rsidR="00191644" w:rsidRPr="00191644">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>……………………………………………………………………………………..</w:t>
+        <w:t>………………………………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00191644" w:rsidRPr="00191644">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:smallCaps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00191644" w:rsidRPr="00191644">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:smallCaps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="116A08AB" w14:textId="1558438C" w:rsidR="00D37336" w:rsidRPr="008D4C91" w:rsidRDefault="009738B0" w:rsidP="00027AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:leader="dot" w:pos="6946"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10631"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D4C91">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">adresse courriel : </w:t>
       </w:r>
@@ -665,51 +757,71 @@
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>club</w:t>
       </w:r>
       <w:r w:rsidRPr="008D4C91">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidR="00191644" w:rsidRPr="00191644">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>……………………………………………………………………………………..</w:t>
+        <w:t>………………………………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00191644" w:rsidRPr="00191644">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:smallCaps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00191644" w:rsidRPr="00191644">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:smallCaps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51EC2940" w14:textId="77777777" w:rsidR="00191644" w:rsidRPr="008D4C91" w:rsidRDefault="001E2729" w:rsidP="00191644">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:leader="dot" w:pos="6946"/>
           <w:tab w:val="left" w:leader="dot" w:pos="10631"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D4C91">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">adresse courriel : </w:t>
       </w:r>
@@ -808,92 +920,148 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>DATE</w:t>
       </w:r>
       <w:r w:rsidR="00350F1A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> DE LA DEMANDE</w:t>
       </w:r>
       <w:r w:rsidRPr="008D4C91">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00191644">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>………./………./………………</w:t>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00191644">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00191644">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>/…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00191644">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00191644">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>/………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B38E3C7" w14:textId="0EFEB4BF" w:rsidR="00F96717" w:rsidRDefault="00350F1A" w:rsidP="001E2729">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00191644">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>DATE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> DE RÉCEPTION A L'OFFICE DES SPORTS</w:t>
       </w:r>
       <w:r w:rsidR="00BA142C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA142C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>………./………./……………… (réservé à l'Office des Sports)</w:t>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BA142C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BA142C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>/…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BA142C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BA142C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>/……………… (réservé à l'Office des Sports)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F2E2AE9" w14:textId="6155701A" w:rsidR="001E2729" w:rsidRPr="008D4C91" w:rsidRDefault="001E2729" w:rsidP="001E2729">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D4C91">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:smallCaps/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664896" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4930F699" wp14:editId="76713022">
                 <wp:simplePos x="0" y="0"/>
@@ -925,51 +1093,51 @@
                           <a:solidFill>
                             <a:srgbClr val="4F81BD">
                               <a:shade val="95000"/>
                               <a:satMod val="105000"/>
                             </a:srgbClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="3C144E6C" id="Connecteur droit 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251664896;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="1.05pt,7.65pt" to="531.45pt,8.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDcL8O01wEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC815LdWnEEywFqw710&#10;MdD2A8ZcJALcQDKW8/cdUoqTtreiF2rWx3mPo+3D1WhyESEqZzu6XNSUCMscV7bv6M8fx3cbSmIC&#10;y0E7Kzr6JCJ92L19sx19K1ZucJqLQBDExnb0HR1S8m1VRTYIA3HhvLCYlC4YSOiGvuIBRkQ3ulrV&#10;dVONLnAfHBMxYvQwJemu4EspWPomZRSJ6I7ibKmcoZznfFa7LbR9AD8oNo8B/zCFAWXx0hvUARKQ&#10;x6D+gjKKBRedTAvmTOWkVEwUDshmWf/B5vsAXhQuKE70N5ni/4NlXy+nQBTvaEOJBYNPtHfWom7i&#10;MRAenEqkySqNPrZYvLenMHvRn0KmfJXB5C+SIdei7NNNWXFNhGGwuXvf1Bt8AIa5u2ZVhK9een2I&#10;6ZNwhmSjo1rZzBtauHyOCe/D0ueSHLbuqLQub6ctGTt6v16tERxwg6SGhKbxyCnanhLQPa4mS6Eg&#10;RqcVz90ZJ4b+vNeBXADX48Nxs/x4mIoG4GKK3q/rel6TCOmL41N4WT/HcbQZpoz5G36e+QBxmHpK&#10;KmuJLdrm+0XZ0JliVnjSNFtnx5+K1FX28PVL27ypeb1e+2i//p92vwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAMLS+iDfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAQhe8m/ofNmHiTLTWtULol&#10;SgLxYoJgOC/dsa12Z5vuArW/3uGkt5l5L2++ly8H24oz9r5xpGA6iUAglc40VCn42K8fZiB80GR0&#10;6wgV/KCHZXF7k+vMuAu943kXKsEh5DOtoA6hy6T0ZY1W+4nrkFj7dL3Vgde+kqbXFw63rYyjKJVW&#10;N8Qfat3hqsbye3eyCkYzW21f68349nJ4GpPK79ebw5dS93fD8wJEwCH8meGKz+hQMNPRnch40SqI&#10;p2zkc/II4ipHaTwHceQpTUAWufxfoPgFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA3C/D&#10;tNcBAACXAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;wtL6IN8AAAAIAQAADwAAAAAAAAAAAAAAAAAxBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAD0FAAAAAA==&#10;" strokecolor="#4a7ebb"/>
+              <v:line w14:anchorId="63563281" id="Connecteur droit 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251664896;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="1.05pt,7.65pt" to="531.45pt,8.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCqqgskvQEAAGoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC815Ld2nEEywEaw710&#10;CZDmA8YkJRHgBg5r2X/fIa04aXsLeqFm4Ty+eTPa3J2sYUcVUXvX8vms5kw54aV2fcuffu4/rDnD&#10;BE6C8U61/KyQ323fv9uMoVELP3gjVWQE4rAZQ8uHlEJTVSgGZQFnPihHyc5HC4nc2Fcywkjo1lSL&#10;ul5Vo48yRC8UIkV3lyTfFvyuUyL96DpUiZmWE7dUzljOQz6r7QaaPkIYtJhowBtYWNCOHr1C7SAB&#10;+xX1P1BWi+jRd2kmvK1812mhSg/Uzbz+q5vHAYIqvZA4GK4y4f+DFd+P9+4hkgxjwAbDQ8xdnLpo&#10;85f4sVMR63wVS50SExRc3Xxc1WvSVFDuZrUoWlYvtSFi+qK8ZdloudEutwINHL9iovfo6vOVHHZ+&#10;r40p4zCOjS2/XS6WBA60FJ2BRKYNsuXoes7A9LRtIsWCiN5omaszDsb+cG8iOwJN/NN+Pf+8u1wa&#10;QKpL9HZZ19PkEdI3Ly/hef0cJ2oTTKH5B37mvAMcLjUllZeISozL76uydFOLL5pm6+DluUhdZY8G&#10;Wsqm5csb89on+/Uvsv0NAAD//wMAUEsDBBQABgAIAAAAIQDC0vog3wAAAAgBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9BT8JAEIXvJv6HzZh4ky01rVC6JUoC8WKCYDgv3bGtdmeb7gK1v97hpLeZeS9v&#10;vpcvB9uKM/a+caRgOolAIJXONFQp+NivH2YgfNBkdOsIFfygh2Vxe5PrzLgLveN5FyrBIeQzraAO&#10;ocuk9GWNVvuJ65BY+3S91YHXvpKm1xcOt62MoyiVVjfEH2rd4arG8nt3sgpGM1ttX+vN+PZyeBqT&#10;yu/Xm8OXUvd3w/MCRMAh/Jnhis/oUDDT0Z3IeNEqiKds5HPyCOIqR2k8B3HkKU1AFrn8X6D4BQAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKqqCyS9AQAAagMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMLS+iDfAAAACAEAAA8AAAAAAAAAAAAAAAAA&#10;FwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAjBQAAAAA=&#10;" strokecolor="#4a7ebb"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="27D13014" w14:textId="51196B5E" w:rsidR="001E2729" w:rsidRPr="008D4C91" w:rsidRDefault="008D4C91" w:rsidP="008D4C91">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D4C91">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -1397,174 +1565,174 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> général des locaux</w:t>
       </w:r>
       <w:r w:rsidR="00CE0D34" w:rsidRPr="00EC39CE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ainsi que de la propreté des lieux.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00532126" w:rsidRPr="008D4C91" w:rsidSect="00765563">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="170" w:right="567" w:bottom="176" w:left="567" w:header="0" w:footer="340" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0EBC1679" w14:textId="77777777" w:rsidR="00901273" w:rsidRDefault="00901273">
+    <w:p w14:paraId="1AFB8C5B" w14:textId="77777777" w:rsidR="001967B5" w:rsidRDefault="001967B5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="638EDBD4" w14:textId="77777777" w:rsidR="00901273" w:rsidRDefault="00901273">
+    <w:p w14:paraId="399DBD8D" w14:textId="77777777" w:rsidR="001967B5" w:rsidRDefault="001967B5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="MS Mincho"/>
+    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Glitch Slap">
-    <w:panose1 w:val="02000500000000000000"/>
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Handwriting">
     <w:panose1 w:val="03010101010101010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4E13B8AB" w14:textId="77777777" w:rsidR="00164E6D" w:rsidRDefault="00164E6D" w:rsidP="00164E6D">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="MS Mincho" w:hAnsi="Arial Narrow"/>
         <w:b/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="MS Mincho" w:hAnsi="Arial Narrow"/>
         <w:b/>
         <w:noProof/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="16"/>
       </w:rPr>
@@ -1605,51 +1773,51 @@
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent6"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent6"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="6C34DEB4" id="Connecteur droit 8" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="4.3pt,11.35pt" to="596.05pt,13.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqntdFogEAAJ8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tO3DAQfa/EP1h+Z3ORAijaLA+g9gVR&#10;BPQDjDPeWPJNttlk/75jJ2QRrYSo+jKxZ+acmTmebK8nrcgBfJDWdLTalJSA4baXZt/RX8/fz68o&#10;CZGZnilroKNHCPR6d/ZtO7oWajtY1YMnSGJCO7qODjG6tigCH0CzsLEODAaF9ZpFvPp90Xs2IrtW&#10;RV2WF8Vofe+85RACem/nIN1lfiGAx59CBIhEdRR7i9n6bF+SLXZb1u49c4PkSxvsH7rQTBosulLd&#10;ssjIq5d/UGnJvQ1WxA23urBCSA55BpymKj9M8zQwB3kWFCe4Vabw/2j5/eHGPHiUYXShDe7Bpykm&#10;4XX6Yn9kymIdV7FgioSj87KpmrpuKOEYq6+ayyaJWZzAzof4A6wm6dBRJU2ahbXscBfinPqWktzK&#10;JN+pi3yKRwVz8BEEkT3WrTJJXhC4UZ4cGD4t4xxMvFg6UAazE0xIpVZg+TlwyU9QyMvzFfCKyJWt&#10;iStYS2P936rHqVpaFnP+mwLz3EmCF9sf8/tkaXALssbLxqY1e3/P8NN/tfsNAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDhjV7r3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwHa5G4USeW&#10;6CONU6EiEDfUgjhv420c8CPEbhL49bincpyd0cy35Wayhg3Uh9Y7CfksA0au9qp1jYT3t6e7JbAQ&#10;0Sk03pGEHwqwqa6vSiyUH92Ohn1sWCpxoUAJOsau4DzUmiyGme/IJe/oe4sxyb7hqscxlVvDRZbN&#10;ucXWpQWNHW011V/7k5XAd/r3kW/x8/t+fHnG6WM4cvMq5e3N9LAGFmmKlzCc8RM6VInp4E9OBWYk&#10;LOcpKEGIBbCzna9EDuyQLgsBvCr5/weqPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDq&#10;ntdFogEAAJ8DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDhjV7r3QAAAAgBAAAPAAAAAAAAAAAAAAAAAPwDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAABgUAAAAA&#10;" strokecolor="#f68c36 [3049]">
+            <v:line w14:anchorId="4F0624C6" id="Connecteur droit 8" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="4.3pt,11.35pt" to="596.05pt,13.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqntdFogEAAJ8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tO3DAQfa/EP1h+Z3ORAijaLA+g9gVR&#10;BPQDjDPeWPJNttlk/75jJ2QRrYSo+jKxZ+acmTmebK8nrcgBfJDWdLTalJSA4baXZt/RX8/fz68o&#10;CZGZnilroKNHCPR6d/ZtO7oWajtY1YMnSGJCO7qODjG6tigCH0CzsLEODAaF9ZpFvPp90Xs2IrtW&#10;RV2WF8Vofe+85RACem/nIN1lfiGAx59CBIhEdRR7i9n6bF+SLXZb1u49c4PkSxvsH7rQTBosulLd&#10;ssjIq5d/UGnJvQ1WxA23urBCSA55BpymKj9M8zQwB3kWFCe4Vabw/2j5/eHGPHiUYXShDe7Bpykm&#10;4XX6Yn9kymIdV7FgioSj87KpmrpuKOEYq6+ayyaJWZzAzof4A6wm6dBRJU2ahbXscBfinPqWktzK&#10;JN+pi3yKRwVz8BEEkT3WrTJJXhC4UZ4cGD4t4xxMvFg6UAazE0xIpVZg+TlwyU9QyMvzFfCKyJWt&#10;iStYS2P936rHqVpaFnP+mwLz3EmCF9sf8/tkaXALssbLxqY1e3/P8NN/tfsNAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDhjV7r3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwHa5G4USeW&#10;6CONU6EiEDfUgjhv420c8CPEbhL49bincpyd0cy35Wayhg3Uh9Y7CfksA0au9qp1jYT3t6e7JbAQ&#10;0Sk03pGEHwqwqa6vSiyUH92Ohn1sWCpxoUAJOsau4DzUmiyGme/IJe/oe4sxyb7hqscxlVvDRZbN&#10;ucXWpQWNHW011V/7k5XAd/r3kW/x8/t+fHnG6WM4cvMq5e3N9LAGFmmKlzCc8RM6VInp4E9OBWYk&#10;LOcpKEGIBbCzna9EDuyQLgsBvCr5/weqPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDq&#10;ntdFogEAAJ8DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDhjV7r3QAAAAgBAAAPAAAAAAAAAAAAAAAAAPwDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAABgUAAAAA&#10;" strokecolor="#f68c36 [3049]">
               <w10:wrap anchorx="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="65A05EEC" w14:textId="77777777" w:rsidR="00164E6D" w:rsidRDefault="00164E6D" w:rsidP="00164E6D">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="MS Mincho" w:hAnsi="Arial Narrow"/>
         <w:b/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="546665AA" w14:textId="77777777" w:rsidR="00164E6D" w:rsidRPr="006A17FE" w:rsidRDefault="00164E6D" w:rsidP="00164E6D">
@@ -1701,171 +1869,171 @@
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006A17FE">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:bCs/>
         <w:color w:val="056199"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Siège social : 25 avenue Pierre de Coubertin 44600 Saint-Nazaire - Tél. 09 81 26 91 96 – officedessports44600@gm</w:t>
     </w:r>
     <w:r w:rsidRPr="006A17FE">
       <w:rPr>
         <w:rStyle w:val="Lienhypertexte"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:bCs/>
         <w:color w:val="056199"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:u w:val="none"/>
       </w:rPr>
       <w:t>ail.com</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="62AB387B" w14:textId="77777777" w:rsidR="00164E6D" w:rsidRPr="006A17FE" w:rsidRDefault="00000000" w:rsidP="00164E6D">
+  <w:p w14:paraId="62AB387B" w14:textId="77777777" w:rsidR="00164E6D" w:rsidRPr="006A17FE" w:rsidRDefault="00164E6D" w:rsidP="00164E6D">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
       <w:ind w:left="-567"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="Lienhypertexte"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:bCs/>
         <w:color w:val="056199"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidR="00164E6D" w:rsidRPr="006A17FE">
+      <w:r w:rsidRPr="006A17FE">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="056199"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>https://www.omssaintnazaire.fr</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidR="00164E6D" w:rsidRPr="006A17FE">
+    <w:r w:rsidRPr="006A17FE">
       <w:rPr>
         <w:rStyle w:val="Lienhypertexte"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:bCs/>
         <w:color w:val="056199"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:u w:val="none"/>
       </w:rPr>
       <w:t xml:space="preserve"> - Association loi 1901 n° </w:t>
     </w:r>
-    <w:r w:rsidR="00164E6D">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="Lienhypertexte"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:bCs/>
         <w:color w:val="056199"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:u w:val="none"/>
       </w:rPr>
       <w:t>W</w:t>
     </w:r>
-    <w:r w:rsidR="00164E6D" w:rsidRPr="006A17FE">
+    <w:r w:rsidRPr="006A17FE">
       <w:rPr>
         <w:rStyle w:val="Lienhypertexte"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:bCs/>
         <w:color w:val="056199"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:u w:val="none"/>
       </w:rPr>
       <w:t>443013030 - Agrément n° 44 S 1775 - SIRET 511 932 220 00011</w:t>
     </w:r>
   </w:p>
   <w:bookmarkEnd w:id="0"/>
   <w:p w14:paraId="5DA2BD72" w14:textId="77777777" w:rsidR="00164E6D" w:rsidRPr="004071FF" w:rsidRDefault="00164E6D" w:rsidP="00164E6D">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
       <w:ind w:left="-567"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Lucida Handwriting" w:eastAsia="MS Mincho" w:hAnsi="Lucida Handwriting"/>
         <w:color w:val="056199"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B4625C">
       <w:rPr>
         <w:rFonts w:ascii="Lucida Handwriting" w:eastAsia="MS Mincho" w:hAnsi="Lucida Handwriting"/>
         <w:color w:val="056199"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Affilié à la Fédération Nationale des Offices Municipaux du Sport</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F0F6353" w14:textId="77777777" w:rsidR="00901273" w:rsidRDefault="00901273">
+    <w:p w14:paraId="5C6BBCC3" w14:textId="77777777" w:rsidR="001967B5" w:rsidRDefault="001967B5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33B6FBBE" w14:textId="77777777" w:rsidR="00901273" w:rsidRDefault="00901273">
+    <w:p w14:paraId="198EC794" w14:textId="77777777" w:rsidR="001967B5" w:rsidRDefault="001967B5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="057B6707"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2D06274"/>
     <w:lvl w:ilvl="0" w:tplc="040C000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -2122,185 +2290,192 @@
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1606158754">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1187138297">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1547765207">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="814833083">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1603567516">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="576592142">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A503C"/>
     <w:rsid w:val="00027AF4"/>
     <w:rsid w:val="00032C57"/>
     <w:rsid w:val="000B7978"/>
     <w:rsid w:val="00131810"/>
     <w:rsid w:val="00164E6D"/>
     <w:rsid w:val="001835D5"/>
     <w:rsid w:val="00191644"/>
     <w:rsid w:val="001950C0"/>
+    <w:rsid w:val="001967B5"/>
     <w:rsid w:val="001D6AF2"/>
     <w:rsid w:val="001E2729"/>
     <w:rsid w:val="0025129D"/>
     <w:rsid w:val="00252771"/>
     <w:rsid w:val="00270375"/>
     <w:rsid w:val="002B576B"/>
     <w:rsid w:val="00326E56"/>
     <w:rsid w:val="0034528D"/>
     <w:rsid w:val="00350F1A"/>
     <w:rsid w:val="00385842"/>
     <w:rsid w:val="00396AB0"/>
     <w:rsid w:val="003A26A9"/>
     <w:rsid w:val="003A503C"/>
     <w:rsid w:val="003B4A56"/>
     <w:rsid w:val="0042100A"/>
     <w:rsid w:val="00483874"/>
     <w:rsid w:val="00486AE1"/>
     <w:rsid w:val="004D6248"/>
+    <w:rsid w:val="004E36B2"/>
     <w:rsid w:val="00532126"/>
     <w:rsid w:val="00536B12"/>
     <w:rsid w:val="005B13A2"/>
     <w:rsid w:val="00607256"/>
     <w:rsid w:val="00634024"/>
     <w:rsid w:val="00656775"/>
+    <w:rsid w:val="006C2AB4"/>
     <w:rsid w:val="00754EA1"/>
     <w:rsid w:val="00765563"/>
     <w:rsid w:val="00834467"/>
     <w:rsid w:val="008532EE"/>
     <w:rsid w:val="0087297F"/>
     <w:rsid w:val="008C3877"/>
     <w:rsid w:val="008D4C91"/>
     <w:rsid w:val="00901273"/>
     <w:rsid w:val="00915556"/>
     <w:rsid w:val="00917FF3"/>
     <w:rsid w:val="009261C9"/>
     <w:rsid w:val="00944224"/>
     <w:rsid w:val="00963117"/>
     <w:rsid w:val="009738B0"/>
     <w:rsid w:val="0097465F"/>
     <w:rsid w:val="009F35FA"/>
     <w:rsid w:val="00A51D06"/>
     <w:rsid w:val="00A6219A"/>
     <w:rsid w:val="00B017B6"/>
+    <w:rsid w:val="00B52FD6"/>
     <w:rsid w:val="00B702EE"/>
     <w:rsid w:val="00B93696"/>
     <w:rsid w:val="00BA142C"/>
     <w:rsid w:val="00BB5600"/>
     <w:rsid w:val="00C104C0"/>
     <w:rsid w:val="00C30332"/>
     <w:rsid w:val="00C618DF"/>
     <w:rsid w:val="00CB76E8"/>
     <w:rsid w:val="00CD3C17"/>
     <w:rsid w:val="00CE0D34"/>
     <w:rsid w:val="00D247A3"/>
     <w:rsid w:val="00D37336"/>
     <w:rsid w:val="00D87555"/>
     <w:rsid w:val="00DA6A7D"/>
     <w:rsid w:val="00DF3311"/>
+    <w:rsid w:val="00E308C4"/>
+    <w:rsid w:val="00E65311"/>
     <w:rsid w:val="00E8330D"/>
     <w:rsid w:val="00EB44C6"/>
     <w:rsid w:val="00EC01DF"/>
     <w:rsid w:val="00EC39CE"/>
     <w:rsid w:val="00EE47DE"/>
     <w:rsid w:val="00F02833"/>
     <w:rsid w:val="00F078A4"/>
     <w:rsid w:val="00F15FA2"/>
     <w:rsid w:val="00F173E9"/>
     <w:rsid w:val="00F40ED2"/>
     <w:rsid w:val="00F96717"/>
+    <w:rsid w:val="00FC18A4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="36AE7419"/>
   <w15:docId w15:val="{8B6F51B5-B4BC-4454-9551-C025251C3C1E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2917,261 +3092,270 @@
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00536B12"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00191644"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:officedessports44600@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.omssaintnazaire.fr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013437"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{80748362-8B22-4177-8C2E-BF54625A88CA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00197546" w:rsidRDefault="00714607">
           <w:r w:rsidRPr="00931EFC">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer une date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="MS Mincho"/>
+    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Glitch Slap">
-    <w:panose1 w:val="02000500000000000000"/>
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Handwriting">
     <w:panose1 w:val="03010101010101010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00714607"/>
     <w:rsid w:val="000C43A0"/>
     <w:rsid w:val="00197546"/>
     <w:rsid w:val="00246338"/>
     <w:rsid w:val="00302ED2"/>
+    <w:rsid w:val="006C2AB4"/>
     <w:rsid w:val="00714607"/>
     <w:rsid w:val="00932242"/>
+    <w:rsid w:val="00932BDC"/>
     <w:rsid w:val="009659F9"/>
     <w:rsid w:val="009750E7"/>
     <w:rsid w:val="009E1F12"/>
     <w:rsid w:val="00BF1449"/>
+    <w:rsid w:val="00DD5426"/>
+    <w:rsid w:val="00E308C4"/>
     <w:rsid w:val="00EB593D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3566,51 +3750,51 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00714607"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -3862,70 +4046,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>366</Words>
-  <Characters>2013</Characters>
+  <Words>375</Words>
+  <Characters>2066</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OFFICE MUNICIPAL DES SPORTS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>oms</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2375</CharactersWithSpaces>
+  <CharactersWithSpaces>2437</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>OFFICE MUNICIPAL DES SPORTS</dc:title>
   <dc:subject>Imprimé demande de subvention ordinaire</dc:subject>
   <dc:creator>omssn44</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>